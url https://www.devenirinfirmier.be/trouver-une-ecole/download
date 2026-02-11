--- v0 (2025-12-07)
+++ v1 (2026-02-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="224">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="229">
   <si>
     <t>Niveau</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Etablissement</t>
   </si>
   <si>
     <t>Site_web</t>
   </si>
   <si>
     <t>Rue</t>
   </si>
   <si>
     <t>Code_postal</t>
   </si>
   <si>
     <t>Localite</t>
   </si>
   <si>
     <t>Province</t>
   </si>
   <si>
@@ -418,50 +418,65 @@
     <t>Institut d'enseignement secondaire provincial paramédical (IESPP)</t>
   </si>
   <si>
     <t>https://www.etudierenhainaut.be/iespp-institut-provincial-paramedical.html</t>
   </si>
   <si>
     <t>Rue de la Lys,</t>
   </si>
   <si>
     <t>069/884060</t>
   </si>
   <si>
     <t>Institut d'Enseignement Supérieur Catholique (IESCA) - Campus Sainte Waudru</t>
   </si>
   <si>
     <t>https://enseignement.catholique.be/internats/iesca-sainte-waudru/</t>
   </si>
   <si>
     <t>Route de Mons</t>
   </si>
   <si>
     <t xml:space="preserve">Hornu Boussu </t>
   </si>
   <si>
     <t>065/779468</t>
+  </si>
+  <si>
+    <t>Institut d'Enseignement Supérieur Catholique (IESCA) - Campus St Philippe</t>
+  </si>
+  <si>
+    <t>http://www.iesca.eu/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rue Ferrer, 159</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 064 37 19 17</t>
+  </si>
+  <si>
+    <t>accueil.philippe@iesca.eu</t>
   </si>
   <si>
     <t>Institut d'Enseignement Supérieur Catholique (IESCA) - Campus St Thérèse</t>
   </si>
   <si>
     <t>https://enseignement.catholique.be/internats/iesca-sainte-therese/</t>
   </si>
   <si>
     <t>Rue  Saint- Valenin</t>
   </si>
   <si>
     <t>Montignies-sur-Sambre</t>
   </si>
   <si>
     <t>071/202790</t>
   </si>
   <si>
     <t>Institut des techniques hospitalières (I.T.E.H.O)-campus Jeanne d’Arc</t>
   </si>
   <si>
     <t>https://www.helha.be/etude/sante/soins-infirmiers/mouscron-tournai/bachelier-en-soins-infirmiers-helha-tournai/</t>
   </si>
   <si>
     <t>Quai des Salines</t>
   </si>
@@ -1032,51 +1047,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J51"/>
+  <dimension ref="A1:J52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1901,669 +1916,701 @@
       </c>
       <c r="H29" t="s">
         <v>23</v>
       </c>
       <c r="I29" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" t="s">
         <v>17</v>
       </c>
       <c r="B30" t="s">
         <v>18</v>
       </c>
       <c r="C30" t="s">
         <v>135</v>
       </c>
       <c r="D30" t="s">
         <v>136</v>
       </c>
       <c r="E30" t="s">
         <v>137</v>
       </c>
       <c r="F30">
-        <v>6061</v>
+        <v>7100</v>
       </c>
       <c r="G30" t="s">
-        <v>138</v>
+        <v>104</v>
       </c>
       <c r="H30" t="s">
         <v>23</v>
       </c>
       <c r="I30" t="s">
+        <v>138</v>
+      </c>
+      <c r="J30" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" t="s">
         <v>17</v>
       </c>
       <c r="B31" t="s">
         <v>18</v>
       </c>
       <c r="C31" t="s">
         <v>140</v>
       </c>
       <c r="D31" t="s">
         <v>141</v>
       </c>
       <c r="E31" t="s">
         <v>142</v>
       </c>
       <c r="F31">
-        <v>7500</v>
+        <v>6061</v>
       </c>
       <c r="G31" t="s">
-        <v>43</v>
+        <v>143</v>
       </c>
       <c r="H31" t="s">
         <v>23</v>
       </c>
       <c r="I31" t="s">
-        <v>108</v>
+        <v>144</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" t="s">
         <v>17</v>
       </c>
       <c r="B32" t="s">
         <v>18</v>
       </c>
       <c r="C32" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D32" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="E32" t="s">
-        <v>107</v>
+        <v>147</v>
       </c>
       <c r="F32">
-        <v>7700</v>
+        <v>7500</v>
       </c>
       <c r="G32" t="s">
-        <v>144</v>
+        <v>43</v>
       </c>
       <c r="H32" t="s">
         <v>23</v>
       </c>
       <c r="I32" t="s">
-        <v>145</v>
+        <v>108</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" t="s">
         <v>17</v>
       </c>
       <c r="B33" t="s">
         <v>18</v>
       </c>
       <c r="C33" t="s">
+        <v>148</v>
+      </c>
+      <c r="D33" t="s">
         <v>146</v>
       </c>
-      <c r="D33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E33" t="s">
-        <v>148</v>
+        <v>107</v>
       </c>
       <c r="F33">
-        <v>1160</v>
+        <v>7700</v>
       </c>
       <c r="G33" t="s">
-        <v>15</v>
+        <v>149</v>
       </c>
       <c r="H33" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="I33" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" t="s">
         <v>17</v>
       </c>
       <c r="B34" t="s">
         <v>18</v>
       </c>
       <c r="C34" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D34" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E34" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F34">
-        <v>1000</v>
+        <v>1160</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
         <v>15</v>
       </c>
       <c r="I34" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="B35" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C35" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D35" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E35" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F35">
-        <v>7000</v>
+        <v>1000</v>
       </c>
       <c r="G35" t="s">
-        <v>157</v>
+        <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="I35" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="B36" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C36" t="s">
         <v>159</v>
       </c>
       <c r="D36" t="s">
         <v>160</v>
       </c>
       <c r="E36" t="s">
         <v>161</v>
       </c>
       <c r="F36">
-        <v>5300</v>
+        <v>7000</v>
       </c>
       <c r="G36" t="s">
         <v>162</v>
       </c>
       <c r="H36" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I36" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" t="s">
         <v>17</v>
       </c>
       <c r="B37" t="s">
         <v>18</v>
       </c>
       <c r="C37" t="s">
         <v>164</v>
       </c>
       <c r="D37" t="s">
         <v>165</v>
       </c>
       <c r="E37" t="s">
         <v>166</v>
       </c>
       <c r="F37">
-        <v>6061</v>
+        <v>5300</v>
       </c>
       <c r="G37" t="s">
-        <v>47</v>
+        <v>167</v>
       </c>
       <c r="H37" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I37" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" t="s">
         <v>17</v>
       </c>
       <c r="B38" t="s">
         <v>18</v>
       </c>
       <c r="C38" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D38" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E38" t="s">
-        <v>51</v>
+        <v>171</v>
       </c>
       <c r="F38">
-        <v>4500</v>
+        <v>6061</v>
       </c>
       <c r="G38" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="H38" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="I38" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" t="s">
         <v>17</v>
       </c>
       <c r="B39" t="s">
         <v>18</v>
       </c>
       <c r="C39" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D39" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="E39" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="F39">
-        <v>4020</v>
+        <v>4500</v>
       </c>
       <c r="G39" t="s">
-        <v>35</v>
+        <v>52</v>
       </c>
       <c r="H39" t="s">
         <v>35</v>
       </c>
       <c r="I39" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" t="s">
         <v>17</v>
       </c>
       <c r="B40" t="s">
         <v>18</v>
       </c>
       <c r="C40" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="D40" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="E40" t="s">
-        <v>174</v>
+        <v>55</v>
       </c>
       <c r="F40">
-        <v>4800</v>
+        <v>4020</v>
       </c>
       <c r="G40" t="s">
-        <v>58</v>
+        <v>35</v>
       </c>
       <c r="H40" t="s">
         <v>35</v>
       </c>
       <c r="I40" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="B41" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C41" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D41" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="E41" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F41">
-        <v>4020</v>
+        <v>4800</v>
       </c>
       <c r="G41" t="s">
-        <v>35</v>
+        <v>58</v>
       </c>
       <c r="H41" t="s">
         <v>35</v>
       </c>
       <c r="I41" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" t="s">
+        <v>10</v>
+      </c>
+      <c r="B42" t="s">
+        <v>11</v>
+      </c>
+      <c r="C42" t="s">
+        <v>181</v>
+      </c>
+      <c r="D42" t="s">
+        <v>182</v>
+      </c>
+      <c r="E42" t="s">
+        <v>183</v>
+      </c>
+      <c r="F42">
+        <v>4020</v>
+      </c>
+      <c r="G42" t="s">
         <v>35</v>
       </c>
-      <c r="B42" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H42" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="I42" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="B43" t="s">
         <v>18</v>
       </c>
       <c r="C43" t="s">
         <v>185</v>
       </c>
       <c r="D43" t="s">
         <v>186</v>
       </c>
       <c r="E43" t="s">
         <v>187</v>
       </c>
       <c r="F43">
-        <v>7100</v>
+        <v>7170</v>
       </c>
       <c r="G43" t="s">
         <v>188</v>
       </c>
       <c r="H43" t="s">
         <v>23</v>
       </c>
       <c r="I43" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="B44" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C44" t="s">
         <v>190</v>
       </c>
       <c r="D44" t="s">
         <v>191</v>
       </c>
       <c r="E44" t="s">
         <v>192</v>
       </c>
       <c r="F44">
-        <v>6000</v>
+        <v>7100</v>
       </c>
       <c r="G44" t="s">
         <v>193</v>
       </c>
       <c r="H44" t="s">
         <v>23</v>
       </c>
       <c r="I44" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="B45" t="s">
         <v>11</v>
       </c>
       <c r="C45" t="s">
         <v>195</v>
       </c>
       <c r="D45" t="s">
         <v>196</v>
       </c>
       <c r="E45" t="s">
         <v>197</v>
       </c>
       <c r="F45">
-        <v>7500</v>
+        <v>6000</v>
       </c>
       <c r="G45" t="s">
-        <v>43</v>
+        <v>198</v>
       </c>
       <c r="H45" t="s">
         <v>23</v>
       </c>
       <c r="I45" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" t="s">
         <v>17</v>
       </c>
       <c r="B46" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C46" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D46" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E46" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F46">
-        <v>1070</v>
+        <v>7500</v>
       </c>
       <c r="G46" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="H46" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="I46" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" t="s">
         <v>17</v>
       </c>
       <c r="B47" t="s">
         <v>18</v>
       </c>
       <c r="C47" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D47" t="s">
-        <v>181</v>
+        <v>205</v>
       </c>
       <c r="E47" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="F47">
-        <v>4000</v>
+        <v>1070</v>
       </c>
       <c r="G47" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="H47" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="I47" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" t="s">
         <v>17</v>
       </c>
       <c r="B48" t="s">
         <v>18</v>
       </c>
       <c r="C48" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D48" t="s">
-        <v>207</v>
+        <v>186</v>
       </c>
       <c r="E48" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="F48">
-        <v>6800</v>
+        <v>4000</v>
       </c>
       <c r="G48" t="s">
-        <v>209</v>
+        <v>35</v>
       </c>
       <c r="H48" t="s">
-        <v>113</v>
+        <v>35</v>
       </c>
       <c r="I48" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" t="s">
         <v>17</v>
       </c>
       <c r="B49" t="s">
         <v>18</v>
       </c>
       <c r="C49" t="s">
         <v>211</v>
       </c>
       <c r="D49" t="s">
         <v>212</v>
       </c>
       <c r="E49" t="s">
         <v>213</v>
       </c>
       <c r="F49">
-        <v>9600</v>
+        <v>6800</v>
       </c>
       <c r="G49" t="s">
         <v>214</v>
       </c>
       <c r="H49" t="s">
-        <v>23</v>
+        <v>113</v>
       </c>
       <c r="I49" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" t="s">
         <v>17</v>
       </c>
       <c r="B50" t="s">
         <v>18</v>
       </c>
       <c r="C50" t="s">
         <v>216</v>
       </c>
       <c r="D50" t="s">
         <v>217</v>
       </c>
       <c r="E50" t="s">
         <v>218</v>
       </c>
       <c r="F50">
-        <v>5000</v>
+        <v>9600</v>
       </c>
       <c r="G50" t="s">
-        <v>29</v>
+        <v>219</v>
       </c>
       <c r="H50" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I50" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" t="s">
         <v>17</v>
       </c>
       <c r="B51" t="s">
+        <v>18</v>
+      </c>
+      <c r="C51" t="s">
+        <v>221</v>
+      </c>
+      <c r="D51" t="s">
+        <v>222</v>
+      </c>
+      <c r="E51" t="s">
+        <v>223</v>
+      </c>
+      <c r="F51">
+        <v>5000</v>
+      </c>
+      <c r="G51" t="s">
+        <v>29</v>
+      </c>
+      <c r="H51" t="s">
+        <v>29</v>
+      </c>
+      <c r="I51" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10">
+      <c r="A52" t="s">
+        <v>17</v>
+      </c>
+      <c r="B52" t="s">
         <v>11</v>
       </c>
-      <c r="C51" t="s">
-[...8 lines deleted...]
-      <c r="F51">
+      <c r="C52" t="s">
+        <v>225</v>
+      </c>
+      <c r="D52" t="s">
+        <v>226</v>
+      </c>
+      <c r="E52" t="s">
+        <v>227</v>
+      </c>
+      <c r="F52">
         <v>4020</v>
       </c>
-      <c r="G51" t="s">
+      <c r="G52" t="s">
         <v>35</v>
       </c>
-      <c r="H51" t="s">
+      <c r="H52" t="s">
         <v>35</v>
       </c>
-      <c r="I51" t="s">
-        <v>223</v>
+      <c r="I52" t="s">
+        <v>228</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">